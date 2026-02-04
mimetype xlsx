--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -7,813 +7,943 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="December Holdings" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <si>
     <t>Security Description</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Shares/Par</t>
   </si>
   <si>
     <t>Market Value (USD)</t>
   </si>
   <si>
     <t xml:space="preserve">ALGONQUIN POWER N UTILITIES                                                                                                     </t>
   </si>
   <si>
+    <t xml:space="preserve">CA    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">AQN         </t>
+  </si>
+  <si>
+    <t>$8,456,250.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apollo Global Management Inc COM                                                                                                </t>
+  </si>
+  <si>
     <t xml:space="preserve">US    </t>
   </si>
   <si>
-    <t xml:space="preserve">AQN         </t>
-[...20 lines deleted...]
-    <t>$1,307,250.00</t>
+    <t xml:space="preserve">APO         </t>
+  </si>
+  <si>
+    <t>$723,800.00</t>
   </si>
   <si>
     <t xml:space="preserve">BAXTER INTL INC                                                                                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">BAX         </t>
   </si>
   <si>
-    <t>$6,269,400.00</t>
+    <t>$5,798,165.10</t>
   </si>
   <si>
     <t xml:space="preserve">BLUE OWL CAPITAL INC                                                                                                            </t>
   </si>
   <si>
     <t xml:space="preserve">OWL         </t>
   </si>
   <si>
-    <t>$4,652,000.00</t>
-[...8 lines deleted...]
-    <t>$1,400,000.00</t>
+    <t>$10,458,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BRITISH AMERN TOB PLC                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">BTI         </t>
+  </si>
+  <si>
+    <t>$2,583,230.88</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAPITAL ONE FINL CORP                                                                                                           </t>
+  </si>
+  <si>
+    <t xml:space="preserve">COF         </t>
+  </si>
+  <si>
+    <t>$4,007,422.60</t>
   </si>
   <si>
     <t xml:space="preserve">ENERGY TRANSFER LP                                                                                                              </t>
   </si>
   <si>
     <t xml:space="preserve">ET          </t>
   </si>
   <si>
-    <t>$13,713,000.00</t>
+    <t>$15,335,700.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXTRA SPACE STORAGE INC                                                                                                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">EXR         </t>
+  </si>
+  <si>
+    <t>$5,208,800.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FOUR CORNERS PPTY TR INC                                                                                                        </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FCPT        </t>
+  </si>
+  <si>
+    <t>$7,444,897.94</t>
   </si>
   <si>
     <t xml:space="preserve">GENESIS ENERGY LP                                                                                                               </t>
   </si>
   <si>
     <t xml:space="preserve">GEL         </t>
   </si>
   <si>
-    <t>$3,538,500.00</t>
+    <t>$7,336,477.20</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBAL PMTS INC                                                                                                                 </t>
   </si>
   <si>
     <t xml:space="preserve">GPN         </t>
   </si>
   <si>
-    <t>$6,163,300.00</t>
+    <t>$4,851,432.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GRAPHIC PACKAGING HLDG CO                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">GPK         </t>
+  </si>
+  <si>
+    <t>$1,999,410.78</t>
   </si>
   <si>
     <t xml:space="preserve">GSK PLC SPONSORED ADR                                                                                                           </t>
   </si>
   <si>
     <t xml:space="preserve">GSK         </t>
   </si>
   <si>
-    <t>$6,764,000.00</t>
+    <t>$10,543,600.00</t>
   </si>
   <si>
     <t xml:space="preserve">JACK IN THE BOX INC                                                                                                             </t>
   </si>
   <si>
     <t xml:space="preserve">JACK        </t>
   </si>
   <si>
-    <t>$4,346,466.48</t>
-[...8 lines deleted...]
-    <t>$3,999,160.71</t>
+    <t>$7,099,920.70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LIBERTY OILFIELD SVCS INC                                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">LBRT        </t>
+  </si>
+  <si>
+    <t>$8,038,517.76</t>
   </si>
   <si>
     <t xml:space="preserve">MATCH GROUP INC NEW COM                                                                                                         </t>
   </si>
   <si>
     <t xml:space="preserve">MTCH        </t>
   </si>
   <si>
-    <t>$4,090,221.95</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">NL    </t>
+    <t>$7,661,997.23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Millrose Properties Inc. COM USD0.01 CL A                                                                                       </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MRP         </t>
+  </si>
+  <si>
+    <t>$2,513,918.94</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OWENS CORNING                                                                                                                   </t>
+  </si>
+  <si>
+    <t xml:space="preserve">OC          </t>
+  </si>
+  <si>
+    <t>$2,606,160.08</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PERDOCEO ED CORP COM                                                                                                            </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRDO        </t>
+  </si>
+  <si>
+    <t>$4,934,097.91</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PLAINS ALL AMERICAN PIPELINE LP                                                                                                 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">PAA         </t>
+  </si>
+  <si>
+    <t>$2,694,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REALTY INCOME CORP                                                                                                              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">O           </t>
+  </si>
+  <si>
+    <t>$10,146,600.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHELL PLC SPON ADS                                                                                                              </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHEL        </t>
+  </si>
+  <si>
+    <t>$1,837,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPECTRUM BRANDS HLDGS INC NEW COM                                                                                               </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SPB         </t>
+  </si>
+  <si>
+    <t>$17,724,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SSNC TECHNOLOGIES HLDGS INC                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SSNC        </t>
+  </si>
+  <si>
+    <t>$3,812,823.30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TARGET CORP                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">TGT         </t>
+  </si>
+  <si>
+    <t>$1,466,250.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UDR INC                                                                                                                         </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UDR         </t>
+  </si>
+  <si>
+    <t>$1,834,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UGI CORP NEW                                                                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">UGI         </t>
+  </si>
+  <si>
+    <t>$3,466,167.72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">US DOLLARS                                                                                                                      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">USD         </t>
+  </si>
+  <si>
+    <t>$451,374.82</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIATRIS INC                                                                                                                     </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VTRS        </t>
+  </si>
+  <si>
+    <t>$17,430,000.00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WALGREENS BOOTS ALLIANCE INC COM - CVR                                                                                          </t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>$3,359,679.75</t>
-[...98 lines deleted...]
-    <t>$3,585,705.60</t>
+    <t>$384,320.00</t>
   </si>
   <si>
     <t xml:space="preserve">WOLVERINE WORLD WIDE INC                                                                                                        </t>
   </si>
   <si>
     <t xml:space="preserve">WWW         </t>
   </si>
   <si>
-    <t>$10,789,266.60</t>
+    <t>$10,210,772.55</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E27"/>
+  <dimension ref="A1:E32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="0">
-        <v>1250000</v>
+        <v>1375000</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D3" s="0">
-        <v>180000</v>
+        <v>5000</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D4" s="0">
-        <v>25000</v>
+        <v>303410</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D5" s="0">
-        <v>215000</v>
+        <v>700000</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D6" s="0">
-        <v>200000</v>
+        <v>45624</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" s="0">
-        <v>100000</v>
+        <v>16535</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" s="0">
-        <v>700000</v>
+        <v>930000</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" s="0">
-        <v>350000</v>
+        <v>40000</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D10" s="0">
-        <v>55000</v>
+        <v>322849</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11" s="0">
-        <v>200000</v>
+        <v>470287</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D12" s="0">
-        <v>104382</v>
+        <v>62680</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13" s="0">
-        <v>21271</v>
+        <v>132763</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D14" s="0">
-        <v>125045</v>
+        <v>215000</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D15" s="0">
-        <v>300000</v>
+        <v>374666</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="0">
-        <v>162797</v>
+        <v>435456</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="0">
-        <v>100000</v>
+        <v>237287</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="0">
-        <v>75000</v>
+        <v>84162</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="0">
-        <v>115000</v>
+        <v>23288</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="0">
-        <v>20000</v>
+        <v>168227</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="0">
         <v>150000</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="0">
-        <v>60000</v>
+        <v>180000</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="0">
-        <v>150000</v>
+        <v>25000</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="0">
-        <v>1622834.73</v>
+        <v>300000</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="0">
-        <v>600000</v>
+        <v>43615</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="0">
-        <v>384320</v>
+        <v>15000</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="0">
-        <v>486003</v>
+        <v>50000</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>84</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="D28" s="0">
+        <v>92604</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D29" s="0">
+        <v>451374.82</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D30" s="0">
+        <v>1400000</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="D31" s="0">
+        <v>384320</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" s="0">
+        <v>562577</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Callodine Equity Income Series Class I - Holdings - December.xlsx</dc:title>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
 </Properties>
 </file>